--- v0 (2025-10-06)
+++ v1 (2025-12-14)
@@ -32,58 +32,58 @@
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="00FF9999"/>
-        <bgColor rgb="00FF9999"/>
+        <fgColor rgb="00C6EFCE"/>
+        <bgColor rgb="00C6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="00C6EFCE"/>
-        <bgColor rgb="00C6EFCE"/>
+        <fgColor rgb="00FF9999"/>
+        <bgColor rgb="00FF9999"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0" hidden="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
@@ -494,221 +494,207 @@
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>%</t>
         </is>
       </c>
       <c r="G1" s="1" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Overview statistics</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>datasets</t>
         </is>
       </c>
       <c r="C2" t="n">
-        <v>347</v>
+        <v>10</v>
       </c>
       <c r="D2" t="n">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="E2" t="n">
-        <v>347</v>
+        <v>0</v>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>0.0%</t>
+          <t>100.0%</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>Number of datasets</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Overview statistics</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>series</t>
         </is>
       </c>
       <c r="C3" t="n">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="D3" t="n">
         <v>0</v>
       </c>
       <c r="E3" t="n">
-        <v>20</v>
-[...3 lines deleted...]
-          <t>0.0%</t>
+        <v>0</v>
+      </c>
+      <c r="F3" s="3" t="inlineStr">
+        <is>
+          <t>0%</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>Number of series</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Overview statistics</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>services</t>
         </is>
       </c>
       <c r="C4" t="n">
-        <v>393</v>
+        <v>23</v>
       </c>
       <c r="D4" t="n">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="E4" t="n">
-        <v>392</v>
+        <v>0</v>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>0.3%</t>
+          <t>100.0%</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
           <t>Number of services</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Metadata Validation – Dataset</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>MDi1.1</t>
         </is>
       </c>
-      <c r="D5" t="n">
-[...9 lines deleted...]
-      </c>
+      <c r="C5" t="n">
+        <v>1</v>
+      </c>
+      <c r="F5" t="inlineStr"/>
       <c r="G5" t="inlineStr">
         <is>
           <t>Percentage of metadata for spatial data sets conformant with Commission Regulation (EC) No 1205/2008 as regards metadata</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Metadata Validation – Services</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>MDi1.2</t>
         </is>
       </c>
-      <c r="D6" t="n">
-[...9 lines deleted...]
-      </c>
+      <c r="C6" t="n">
+        <v>1</v>
+      </c>
+      <c r="F6" t="inlineStr"/>
       <c r="G6" t="inlineStr">
         <is>
           <t>Percentage of metadata for spatial data services conformant with Commission Regulation (EC) No 1205/2008 as regards metadata</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Availability</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>DSi1.1</t>
         </is>
       </c>
       <c r="C7" t="n">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="F7" t="inlineStr"/>
       <c r="G7" t="inlineStr">
         <is>
           <t>The number of spatial data sets for which metadata exist</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Availability</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>DSi1.2</t>
         </is>
       </c>
       <c r="C8" t="n">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="F8" t="inlineStr"/>
       <c r="G8" t="inlineStr">
         <is>
           <t>The number of spatial data services for which metadata exist</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Availability</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>DSi1.3</t>
         </is>
       </c>
       <c r="C9" t="n">
         <v>0</v>
       </c>
       <c r="F9" t="inlineStr"/>
       <c r="G9" t="inlineStr">
         <is>
@@ -727,447 +713,463 @@
           <t>DSi1.4</t>
         </is>
       </c>
       <c r="C10" t="n">
         <v>0</v>
       </c>
       <c r="F10" t="inlineStr"/>
       <c r="G10" t="inlineStr">
         <is>
           <t>The number of spatial data sets for which the metadata contains a keyword from a register provided by the Commission indicating that the spatial data set covers regional territory</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Availability</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>DSi1.5</t>
         </is>
       </c>
       <c r="C11" t="n">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="F11" t="inlineStr"/>
       <c r="G11" t="inlineStr">
         <is>
           <t>The number of spatial data sets for which the metadata contains a keyword from a register provided by the Commission indicating that the spatial data set covers national territory</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Metadata Conformity</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>MDi1.1</t>
         </is>
       </c>
-      <c r="D12" t="n">
-[...9 lines deleted...]
-      </c>
+      <c r="C12" t="n">
+        <v>1</v>
+      </c>
+      <c r="F12" t="inlineStr"/>
       <c r="G12" t="inlineStr">
         <is>
           <t>Percentage of metadata for spatial data sets conformant with Commission Regulation (EC) No 1205/2008 as regards metadata</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Metadata Conformity</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>MDi1.2</t>
         </is>
       </c>
-      <c r="D13" t="n">
-[...9 lines deleted...]
-      </c>
+      <c r="C13" t="n">
+        <v>1</v>
+      </c>
+      <c r="F13" t="inlineStr"/>
       <c r="G13" t="inlineStr">
         <is>
           <t>Percentage of metadata for spatial data services conformant with Commission Regulation (EC) No 1205/2008 as regards metadata</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Spatial Data Conformity</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>DSi2</t>
         </is>
       </c>
+      <c r="C14" t="n">
+        <v>1</v>
+      </c>
       <c r="D14" t="n">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="E14" t="n">
         <v>0</v>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>0%</t>
+          <t>100.0%</t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
           <t>Percentage of spatial data sets that are in conformity with Commission Regulation (EU) No 1089/2010 as regards interoperability of spatial data sets</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Spatial Data Conformity</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>DSi2.1</t>
         </is>
       </c>
+      <c r="C15" t="n">
+        <v>1</v>
+      </c>
       <c r="D15" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E15" t="n">
         <v>0</v>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>0%</t>
+          <t>100.0%</t>
         </is>
       </c>
       <c r="G15" t="inlineStr">
         <is>
           <t>Percentage of spatial data sets, corresponding to the themes listed in Annex I, that are in conformity with Commission Regulation (EU) No 1089/2010 as regards interoperability of spatial data sets</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Spatial Data Conformity</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>DSi2.2</t>
         </is>
       </c>
+      <c r="C16" t="n">
+        <v>1</v>
+      </c>
       <c r="D16" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="E16" t="n">
         <v>0</v>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>0%</t>
+          <t>100.0%</t>
         </is>
       </c>
       <c r="G16" t="inlineStr">
         <is>
           <t>Percentage of spatial data sets, corresponding to the themes listed in Annex II, that are in conformity with Commission Regulation (EU) No 1089/2010 as regards interoperability of spatial data sets</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Spatial Data Conformity</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>DSi2.3</t>
         </is>
       </c>
+      <c r="C17" t="n">
+        <v>1</v>
+      </c>
       <c r="D17" t="n">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="E17" t="n">
         <v>0</v>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>0%</t>
+          <t>100.0%</t>
         </is>
       </c>
       <c r="G17" t="inlineStr">
         <is>
           <t>Percentage of spatial data sets, corresponding to the themes listed in Annex III, that are in conformity with Commission Regulation (EU) No 1089/2010 as regards interoperability of spatial data sets</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Accessibility of Services</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>NSi2</t>
         </is>
       </c>
+      <c r="C18" t="n">
+        <v>1</v>
+      </c>
       <c r="D18" t="n">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="E18" t="n">
         <v>0</v>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>0%</t>
+          <t>100.0%</t>
         </is>
       </c>
       <c r="G18" t="inlineStr">
         <is>
           <t>The percentage of spatial data sets that are accessible through view and the download services</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Accessibility of Services</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>NSi2.1</t>
         </is>
       </c>
+      <c r="C19" t="n">
+        <v>1</v>
+      </c>
       <c r="D19" t="n">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="E19" t="n">
         <v>0</v>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>0%</t>
+          <t>100.0%</t>
         </is>
       </c>
       <c r="G19" t="inlineStr">
         <is>
           <t>The percentage of spatial data sets that are accessible through view services</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Accessibility of Services</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>NSi2.2</t>
         </is>
       </c>
+      <c r="C20" t="n">
+        <v>1</v>
+      </c>
       <c r="D20" t="n">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="E20" t="n">
         <v>0</v>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>0%</t>
+          <t>100.0%</t>
         </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
           <t>The percentage of spatial data sets that are accessible through download services</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Network Service Conformity</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>NSi4</t>
         </is>
       </c>
       <c r="C21" t="n">
         <v>1</v>
       </c>
       <c r="D21" t="n">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="E21" t="n">
         <v>0</v>
       </c>
-      <c r="F21" s="3" t="inlineStr">
+      <c r="F21" s="2" t="inlineStr">
         <is>
           <t>100.0%</t>
         </is>
       </c>
       <c r="G21" t="inlineStr">
         <is>
           <t>Percentage of the network services that are in conformity with Commission Regulation (EC) No 976/2009 as regards the Network Services</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Network Service Conformity</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>NSi4.1</t>
         </is>
       </c>
+      <c r="C22" t="n">
+        <v>0</v>
+      </c>
       <c r="D22" t="n">
         <v>0</v>
       </c>
       <c r="E22" t="n">
         <v>0</v>
       </c>
-      <c r="F22" s="2" t="inlineStr">
+      <c r="F22" s="3" t="inlineStr">
         <is>
           <t>0%</t>
         </is>
       </c>
       <c r="G22" t="inlineStr">
         <is>
           <t>Percentage of the discovery services that are in conformity with Commission Regulation (EC) No 976/2009 as regards the Network Services</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Network Service Conformity</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>NSi4.2</t>
         </is>
       </c>
       <c r="C23" t="n">
         <v>1</v>
       </c>
       <c r="D23" t="n">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="E23" t="n">
         <v>0</v>
       </c>
-      <c r="F23" s="3" t="inlineStr">
+      <c r="F23" s="2" t="inlineStr">
         <is>
           <t>100.0%</t>
         </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
           <t>Percentage of the view services that are in conformity with Commission Regulation (EC) No 976/2009 as regards the Network Services</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Network Service Conformity</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>NSi4.3</t>
         </is>
       </c>
+      <c r="C24" t="n">
+        <v>1</v>
+      </c>
       <c r="D24" t="n">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="E24" t="n">
         <v>0</v>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>0%</t>
+          <t>100.0%</t>
         </is>
       </c>
       <c r="G24" t="inlineStr">
         <is>
           <t>Percentage of the download services that are in conformity with Commission Regulation (EC) No 976/2009 as regards the Network Services</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Network Service Conformity</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>NSi4.4</t>
         </is>
       </c>
+      <c r="C25" t="n">
+        <v>0</v>
+      </c>
       <c r="D25" t="n">
         <v>0</v>
       </c>
       <c r="E25" t="n">
         <v>0</v>
       </c>
-      <c r="F25" s="2" t="inlineStr">
+      <c r="F25" s="3" t="inlineStr">
         <is>
           <t>0%</t>
         </is>
       </c>
       <c r="G25" t="inlineStr">
         <is>
           <t>Percentage of the transformation services that are in conformity with Commission Regulation (EC) No 976/2009 as regards the Network Services</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>