--- v1 (2025-12-14)
+++ v2 (2026-03-31)
@@ -494,54 +494,54 @@
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>%</t>
         </is>
       </c>
       <c r="G1" s="1" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Overview statistics</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>datasets</t>
         </is>
       </c>
       <c r="C2" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D2" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E2" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>100.0%</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>Number of datasets</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Overview statistics</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>series</t>
         </is>
@@ -629,51 +629,51 @@
           <t>MDi1.2</t>
         </is>
       </c>
       <c r="C6" t="n">
         <v>1</v>
       </c>
       <c r="F6" t="inlineStr"/>
       <c r="G6" t="inlineStr">
         <is>
           <t>Percentage of metadata for spatial data services conformant with Commission Regulation (EC) No 1205/2008 as regards metadata</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Availability</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>DSi1.1</t>
         </is>
       </c>
       <c r="C7" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F7" t="inlineStr"/>
       <c r="G7" t="inlineStr">
         <is>
           <t>The number of spatial data sets for which metadata exist</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Availability</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>DSi1.2</t>
         </is>
       </c>
       <c r="C8" t="n">
         <v>23</v>
       </c>
       <c r="F8" t="inlineStr"/>
       <c r="G8" t="inlineStr">
         <is>
@@ -713,51 +713,51 @@
           <t>DSi1.4</t>
         </is>
       </c>
       <c r="C10" t="n">
         <v>0</v>
       </c>
       <c r="F10" t="inlineStr"/>
       <c r="G10" t="inlineStr">
         <is>
           <t>The number of spatial data sets for which the metadata contains a keyword from a register provided by the Commission indicating that the spatial data set covers regional territory</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Availability</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>DSi1.5</t>
         </is>
       </c>
       <c r="C11" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F11" t="inlineStr"/>
       <c r="G11" t="inlineStr">
         <is>
           <t>The number of spatial data sets for which the metadata contains a keyword from a register provided by the Commission indicating that the spatial data set covers national territory</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Metadata Conformity</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>MDi1.1</t>
         </is>
       </c>
       <c r="C12" t="n">
         <v>1</v>
       </c>
       <c r="F12" t="inlineStr"/>
       <c r="G12" t="inlineStr">
         <is>
@@ -779,82 +779,82 @@
       <c r="C13" t="n">
         <v>1</v>
       </c>
       <c r="F13" t="inlineStr"/>
       <c r="G13" t="inlineStr">
         <is>
           <t>Percentage of metadata for spatial data services conformant with Commission Regulation (EC) No 1205/2008 as regards metadata</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Spatial Data Conformity</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>DSi2</t>
         </is>
       </c>
       <c r="C14" t="n">
         <v>1</v>
       </c>
       <c r="D14" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E14" t="n">
         <v>0</v>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>100.0%</t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
           <t>Percentage of spatial data sets that are in conformity with Commission Regulation (EU) No 1089/2010 as regards interoperability of spatial data sets</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Spatial Data Conformity</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>DSi2.1</t>
         </is>
       </c>
       <c r="C15" t="n">
         <v>1</v>
       </c>
       <c r="D15" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E15" t="n">
         <v>0</v>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>100.0%</t>
         </is>
       </c>
       <c r="G15" t="inlineStr">
         <is>
           <t>Percentage of spatial data sets, corresponding to the themes listed in Annex I, that are in conformity with Commission Regulation (EU) No 1089/2010 as regards interoperability of spatial data sets</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Spatial Data Conformity</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>DSi2.2</t>
         </is>
@@ -903,113 +903,113 @@
         <is>
           <t>100.0%</t>
         </is>
       </c>
       <c r="G17" t="inlineStr">
         <is>
           <t>Percentage of spatial data sets, corresponding to the themes listed in Annex III, that are in conformity with Commission Regulation (EU) No 1089/2010 as regards interoperability of spatial data sets</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Accessibility of Services</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>NSi2</t>
         </is>
       </c>
       <c r="C18" t="n">
         <v>1</v>
       </c>
       <c r="D18" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E18" t="n">
         <v>0</v>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>100.0%</t>
         </is>
       </c>
       <c r="G18" t="inlineStr">
         <is>
           <t>The percentage of spatial data sets that are accessible through view and the download services</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Accessibility of Services</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>NSi2.1</t>
         </is>
       </c>
       <c r="C19" t="n">
         <v>1</v>
       </c>
       <c r="D19" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E19" t="n">
         <v>0</v>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>100.0%</t>
         </is>
       </c>
       <c r="G19" t="inlineStr">
         <is>
           <t>The percentage of spatial data sets that are accessible through view services</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Accessibility of Services</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>NSi2.2</t>
         </is>
       </c>
       <c r="C20" t="n">
         <v>1</v>
       </c>
       <c r="D20" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E20" t="n">
         <v>0</v>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>100.0%</t>
         </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
           <t>The percentage of spatial data sets that are accessible through download services</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Network Service Conformity</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>NSi4</t>
         </is>